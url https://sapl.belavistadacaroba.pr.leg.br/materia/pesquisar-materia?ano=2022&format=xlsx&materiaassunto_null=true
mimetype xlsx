--- v0 (2026-02-04)
+++ v1 (2026-03-21)
@@ -54,339 +54,339 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLEIL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>MESA DIRETORA</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_de_lei_01-2022_reposicao_inflacionaria.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_de_lei_01-2022_reposicao_inflacionaria.doc</t>
   </si>
   <si>
     <t>autoriza reposição inflacionaria.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal nº 576/2020 o qual fixa os subsídios do Prefeito e do Vice-Prefeito e dos Secretários Municipais de Bela Vista da Caroba, Estado do Paraná, para o quadriênio 2021/2024.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_lei_003-2022_-_legislativo.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_lei_003-2022_-_legislativo.doc</t>
   </si>
   <si>
     <t>Concede reajuste aos vencimentos dos servidores do quadro de pessoal do poder legislativo municipal de bela vista da caroba e da outras providencias.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>AUTORIZA A CAMARA MUNICIPAL  DE VEREADORES DE BELA VISTA DA CAROBA A EFETUAR DOAÇÃO DE BENS MÓVEIS AO MUNICIPIO DE BELA VISTA DA CAROBA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Executivo Municipal</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_lei_01.2022_arss.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_lei_01.2022_arss.doc</t>
   </si>
   <si>
     <t>Ratifica a Primeira Alteração e Consolidação do Protocolo de Intenções do CONSUD – Consórcio Intermunicipal de Saúde do Sudoeste, e dá outras providências.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>dispoe sobre a reposiçao inflacionaria dos vencimentos dos servidores publicos municipais contratados temporarios e agentes publicos.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder incentivo aos produtores rurais do Município para o transporte de alimentos oriundos da horticultura da agricultura familiar, destinadas à industrialização.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 587/2021 que trata sobre as normas para pagamento de diárias aos agentes públicos no âmbito do Poder Executivo do Município de Bela Vista da Caroba.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>“Dispõe sobre o Sistema Único de Assistência Social do Município de Bela Vista da Caroba-PR, e dá outras providências.”</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_lei_06.2022_contratacao_temporaria_estagiarios.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_lei_06.2022_contratacao_temporaria_estagiarios.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a contratar estagiários para o serviço público municipal.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_lei_07.2022_fixa_teto_rpv_municipais.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_lei_07.2022_fixa_teto_rpv_municipais.doc</t>
   </si>
   <si>
     <t>Fixa teto para pagamento judicial de pequenos valores.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_lei_08.2022_credito_especial.docx</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_lei_08.2022_credito_especial.docx</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL EFETUAR ABERTURA DE CRÉDITO ESPECIAL NO ORÇAMENTO DO MUNICÍPIO PARA O EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_lei_09.2022_altera_valor_diarias.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_lei_09.2022_altera_valor_diarias.doc</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/493/projeto_lei_10.2022_concede_reajuste_vencimento_base_2.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/493/projeto_lei_10.2022_concede_reajuste_vencimento_base_2.doc</t>
   </si>
   <si>
     <t>CONCEDE REAJUSTE AOS VENCIMENTOS DOS SERVIDORES DO QUADRO DE PESSOAL DO EXECUTIVO MUNICIPAL DE BELA VISTA DA CAROBA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_lei_011.2022_ldo_2023.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_lei_011.2022_ldo_2023.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA    ELABORAÇÃO DO ORÇAMENTO  DO  MUNICÍPIO  DE BELA VISTA DA CAROBA, ESTADO DO PARANÁ, PARA  O EXERCÍCIO FINANCEIRO DE 2023  E DÁ     OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/496/projeto_lei_12.2022_industrializacao.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/496/projeto_lei_12.2022_industrializacao.doc</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE DESENVOLVIMENTO DA CAROBA “PRODEC” PARA O INCENTIVO E APOIO À INSTALAÇÃO DE INDÚSTRIAS, AGROINDUSTRIALIZAÇÃO E GERAÇÃO DE RENDA NO MUNICÍPIO DE BELA VISTA DA CAROBA.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_lei_13.2022_desafeta_onibus_escolar.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_lei_13.2022_desafeta_onibus_escolar.doc</t>
   </si>
   <si>
     <t>Autoriza a desafetação de veículos vinculados ao transporte escolar e dá outras providências.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_lei_14.2022_cifra.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_lei_14.2022_cifra.doc</t>
   </si>
   <si>
     <t>Ratifica a alteração no Contrato de Rateio do Contrato do Consórcio Público Intermunicipal para o Desenvolvimento Sustentável da Região Fronteira Sudoeste do Estado do Paraná – CIFRA e dá outras providências.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA E DESPESA DO MUNICÍPIO DE BELA VISTA DA CAROBA PARA O EXERCÍCIO FINANCEIRO DE 2023.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_lei_016.2022_fixa_piso_salarial_acs.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_lei_016.2022_fixa_piso_salarial_acs.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o pagamento do piso de vencimento dos Agentes Comunitários de Saúde - ACS e de Agente de Combate às Endemias - ACE, na forma que determina o §§ 7, 8, 9, 10 e 11 do art. 198 da Constituição Federal e dá outras providências.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/502/projeto_lei_017.2022_concede_reajuste_vencimento_base_fiscal_tributario.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/502/projeto_lei_017.2022_concede_reajuste_vencimento_base_fiscal_tributario.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSIÇÕES DO QUADRO DE PESSOAL DO EXECUTIVO MUNICIPAL DE BELA VISTA DA CAROBA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_lei_018.2022_revoga_lei_municipal_312.2019.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_lei_018.2022_revoga_lei_municipal_312.2019.doc</t>
   </si>
   <si>
     <t>Institui o transporte coletivo gratuito de passageiros no Município de Bela Vista da Caroba e dá outras providências.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_lei_019.2022_altera_lei_municipal_453.2013.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_lei_019.2022_altera_lei_municipal_453.2013.doc</t>
   </si>
   <si>
     <t>Altera o artigo 38 da Lei Municipal nº 453 de 15 de agosto de 2013 o qual dispõe sobre a Política Municipal dos Direitos da Criança e do Adolescente e dá outras providências.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/505/projeto_lei_020.2022_-_refis.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/505/projeto_lei_020.2022_-_refis.doc</t>
   </si>
   <si>
     <t>“Institui o Programa de Recuperação Fiscal Municipal – REFIS 2022”.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_lei_021.2022_altera_lei_municipal_567.2019_programa_bela_cidade.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_lei_021.2022_altera_lei_municipal_567.2019_programa_bela_cidade.doc</t>
   </si>
   <si>
     <t>Altera o artigo 5º da Lei Municipal nº 567 de 29 de outubro de 2019 o qual dispõe sobre programa "Bela Cidade" para a adequação de calçadas na cidade de Bela Vista da Caroba.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_lei_022.2022_festival_canta_caroba.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_lei_022.2022_festival_canta_caroba.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO DE BELA VISTA DA CAROBA, ESTADO DO PARANÁ, A CUSTEAR AS DESPESAS DE PREMIAÇÃO E JURADOS DO “IV FESTIVAL CANTA CAROBA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/508/projeto_lei_023.2022_altera_lei_municipal_processo_seletivo_magisterio.doc</t>
+    <t>http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/508/projeto_lei_023.2022_altera_lei_municipal_processo_seletivo_magisterio.doc</t>
   </si>
   <si>
     <t>Altera o §2º do artigo 2º da Lei Municipal nº 559 de 01 de abril de 2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -693,68 +693,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_de_lei_01-2022_reposicao_inflacionaria.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_lei_003-2022_-_legislativo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_lei_01.2022_arss.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_lei_06.2022_contratacao_temporaria_estagiarios.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_lei_07.2022_fixa_teto_rpv_municipais.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_lei_08.2022_credito_especial.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_lei_09.2022_altera_valor_diarias.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/493/projeto_lei_10.2022_concede_reajuste_vencimento_base_2.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_lei_011.2022_ldo_2023.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/496/projeto_lei_12.2022_industrializacao.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_lei_13.2022_desafeta_onibus_escolar.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_lei_14.2022_cifra.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_lei_016.2022_fixa_piso_salarial_acs.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/502/projeto_lei_017.2022_concede_reajuste_vencimento_base_fiscal_tributario.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_lei_018.2022_revoga_lei_municipal_312.2019.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_lei_019.2022_altera_lei_municipal_453.2013.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/505/projeto_lei_020.2022_-_refis.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_lei_021.2022_altera_lei_municipal_567.2019_programa_bela_cidade.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_lei_022.2022_festival_canta_caroba.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/508/projeto_lei_023.2022_altera_lei_municipal_processo_seletivo_magisterio.doc" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/482/projeto_de_lei_01-2022_reposicao_inflacionaria.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/498/projeto_de_lei_003-2022_-_legislativo.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/484/projeto_lei_01.2022_arss.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_lei_06.2022_contratacao_temporaria_estagiarios.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/490/projeto_lei_07.2022_fixa_teto_rpv_municipais.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/491/projeto_lei_08.2022_credito_especial.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/492/projeto_lei_09.2022_altera_valor_diarias.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/493/projeto_lei_10.2022_concede_reajuste_vencimento_base_2.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/494/projeto_lei_011.2022_ldo_2023.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/496/projeto_lei_12.2022_industrializacao.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_lei_13.2022_desafeta_onibus_escolar.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/499/projeto_lei_14.2022_cifra.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_lei_016.2022_fixa_piso_salarial_acs.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/502/projeto_lei_017.2022_concede_reajuste_vencimento_base_fiscal_tributario.doc" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/503/projeto_lei_018.2022_revoga_lei_municipal_312.2019.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/504/projeto_lei_019.2022_altera_lei_municipal_453.2013.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/505/projeto_lei_020.2022_-_refis.doc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_lei_021.2022_altera_lei_municipal_567.2019_programa_bela_cidade.doc" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_lei_022.2022_festival_canta_caroba.doc" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.belavistadacaroba.pr.leg.br/media/sapl/public/materialegislativa/2022/508/projeto_lei_023.2022_altera_lei_municipal_processo_seletivo_magisterio.doc" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="18.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="150.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="149.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="214" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>